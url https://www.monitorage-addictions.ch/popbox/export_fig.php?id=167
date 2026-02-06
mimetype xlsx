--- v0 (2025-10-22)
+++ v1 (2026-02-06)
@@ -14,132 +14,132 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Figure" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
   <si>
-    <t>CoRolAR - 12-Monats- und 30-Tageprävalenz des Cannabisgebrauchs, nach Geschlecht, Alter und Sprachregion (2016)</t>
-[...5 lines deleted...]
-    <t>30-Tageprävalenz</t>
+    <t>CoRolAR - Prévalence à 12 mois et à 30 jours de l'usage de cannabis, par sexe, âge et région linguistique (2016)</t>
+  </si>
+  <si>
+    <t>Prévalence à 12 mois</t>
+  </si>
+  <si>
+    <t>Prévalence à 30 jours</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>2011 (n=10'977)</t>
   </si>
   <si>
     <t>2012 (n=11'155)</t>
   </si>
   <si>
     <t>2013 (n=11'323)</t>
   </si>
   <si>
     <t>2014 (n=11'370)</t>
   </si>
   <si>
     <t>2015 (n=11'097)</t>
   </si>
   <si>
     <t>2016 (n=10'865)</t>
   </si>
   <si>
-    <t>Geschlecht</t>
-[...50 lines deleted...]
-    <t>100% ergeben sich mit den Personen, die nie oder in den letzten 12 Monaten keinen Cannabis gebraucht haben.</t>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>hommes (n=5'460)</t>
+  </si>
+  <si>
+    <t>femmes (n=5'636)</t>
+  </si>
+  <si>
+    <t>Région linguistique</t>
+  </si>
+  <si>
+    <t>allemand (n=7'955)</t>
+  </si>
+  <si>
+    <t>français (n=2'656)</t>
+  </si>
+  <si>
+    <t>italien (n=485)</t>
+  </si>
+  <si>
+    <t>Âge</t>
+  </si>
+  <si>
+    <t>15-19 ans (n=699)</t>
+  </si>
+  <si>
+    <t>20-24 ans (n=800)</t>
+  </si>
+  <si>
+    <t>25-34 ans (n=1'814)</t>
+  </si>
+  <si>
+    <t>35-44 ans (n=1'843)</t>
+  </si>
+  <si>
+    <t>45-54 ans (n=2'059)</t>
+  </si>
+  <si>
+    <t>55-64 ans (n=1'576)</t>
+  </si>
+  <si>
+    <t>65-74 ans (n=1'240)</t>
+  </si>
+  <si>
+    <t>75+ ans (n=1'065)</t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>On arrive à 100 % avec les personnes n’ayant jamais consommé de cannabis ou n'ayant pas consommé de cannabis durant les 12 derniers mois.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -760,32 +760,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Figure</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>suchtmonitoring.ch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>CoRolAR - 12-Monats- und 30-Tageprävalenz des Cannabisgebrauchs, nach Geschlecht, Alter und Sprachregion (2016)</dc:title>
-[...1 lines deleted...]
-  <dc:subject>CoRolAR - 12-Monats- und 30-Tageprävalenz des Cannabisgebrauchs, nach Geschlecht, Alter und Sprachregion (2016)</dc:subject>
+  <dc:title>CoRolAR - Prévalence à 12 mois et à 30 jours de l'usage de cannabis, par sexe, âge et région linguistique (2016)</dc:title>
+  <dc:description>CoRolAR - Prévalence à 12 mois et à 30 jours de l'usage de cannabis, par sexe, âge et région linguistique (2016); 06.02.2026</dc:description>
+  <dc:subject>CoRolAR - Prévalence à 12 mois et à 30 jours de l'usage de cannabis, par sexe, âge et région linguistique (2016)</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>