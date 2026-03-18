--- v0 (2026-02-01)
+++ v1 (2026-03-18)
@@ -14,192 +14,192 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Table" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
-    <t>CoRolAR - Konsumklassen und assoziierte Risiken nach der durchschnittlich konsumierten Menge, nach G</t>
-[...11 lines deleted...]
-    <t>Frauen</t>
+    <t>CoRolAR - Classe de risque selon la quantité moyenne consommée, par sexe et âge (2016)</t>
+  </si>
+  <si>
+    <t>Sexe</t>
+  </si>
+  <si>
+    <t>Âge</t>
+  </si>
+  <si>
+    <t>hommes</t>
+  </si>
+  <si>
+    <t>femmes</t>
   </si>
   <si>
     <t>15-19</t>
   </si>
   <si>
     <t>20-24</t>
   </si>
   <si>
     <t>25-34</t>
   </si>
   <si>
     <t>35-44</t>
   </si>
   <si>
     <t>45-54</t>
   </si>
   <si>
     <t>55-64</t>
   </si>
   <si>
     <t>65-74</t>
   </si>
   <si>
     <t>75+</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
-    <t>abstinent</t>
-[...11 lines deleted...]
-    <t>n (gewichtet)</t>
+    <t>Abstinent</t>
+  </si>
+  <si>
+    <t>Risque faible</t>
+  </si>
+  <si>
+    <t>Risque moyen</t>
+  </si>
+  <si>
+    <t>Risque élevé</t>
+  </si>
+  <si>
+    <t>n (pondéré)</t>
   </si>
   <si>
     <t xml:space="preserve"> 5402 </t>
   </si>
   <si>
     <t xml:space="preserve"> 5561 </t>
   </si>
   <si>
     <t xml:space="preserve"> 686 </t>
   </si>
   <si>
     <t xml:space="preserve"> 795 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1803 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1824 </t>
   </si>
   <si>
     <t xml:space="preserve"> 2027 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1561 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1219 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1047 </t>
   </si>
   <si>
     <t xml:space="preserve"> 10963 </t>
   </si>
   <si>
-    <t>n (ungewichtet)</t>
+    <t>n (non pondéré)</t>
   </si>
   <si>
     <t xml:space="preserve"> 5232 </t>
   </si>
   <si>
     <t xml:space="preserve"> 5737 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1794 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1150 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1107 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1397 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1769 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1478 </t>
   </si>
   <si>
     <t xml:space="preserve"> 1359 </t>
   </si>
   <si>
     <t xml:space="preserve"> 915 </t>
   </si>
   <si>
     <t xml:space="preserve"> 10969 </t>
   </si>
   <si>
-    <t>Fragen</t>
-[...11 lines deleted...]
-Spaltenprozente; Prozente wurden gewichtet berechnet; die Anzahl der tatsächlich befragten Personen wird mit 'n (ungewichtet)' angegeben.</t>
+    <t>Questions</t>
+  </si>
+  <si>
+    <t>"Au cours de votre vie, avez-vous consommé au moins 1 verre entier d'une boisson alcoolisée quelle qu'elle soit, sans compter les fois où vous auriez juste goûté ou bu une gorgée?" si oui: "Pensez maintenant à l'année écoulée, c'est-à-dire aux 12 derniers mois. De façon générale, quelle était votre consommation habituelle de boissons alcoolisées, c'est-à-dire de bière, vin, liqueurs/apéritifs ou alcools forts. De façon générale, buvez-vous de ces boissons plusieurs fois par jour ou à quelle fréquence?" si oui: "Habituellement, combien de jours par week-end / en semaine buvez-vous de l'alcool (weekend: vendredi au dimanche)?" et "Le week-end / En semaine, combien de boissons standard buvez-vous habituellement au cours d'une journée où vous buvez de l'alcool? Est-ce 12 ou plus, 9, ou combien?"</t>
+  </si>
+  <si>
+    <t>Notes</t>
+  </si>
+  <si>
+    <t>Risque faible: moins de 20g/jour pour les femmes, moins de 40g/jour pour les hommes.
+Risque moyen: 20 à 40g/jour chez les femmes, 20 à 40g/jour chez les hommes.
+Risque élevé: plus de 40g/jour chez les femmes, plus de 60g/jour chez les hommes.
+Pourcentages en colonne; pourcentages calculés sur la base du n pondéré; le nombre de personnes effectivement interrogées correspond au "n (non pondéré)".</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -900,32 +900,32 @@
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Table</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft Corporation</Company>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>suchtmonitoring.ch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-  <dc:title>CoRolAR - Konsumklassen und assoziierte Risiken nach der durchschnittlich konsumierten Menge, nach G</dc:title>
-[...1 lines deleted...]
-  <dc:subject>CoRolAR - Konsumklassen und assoziierte Risiken nach der durchschnittlich konsumierten Menge, nach G</dc:subject>
+  <dc:title>CoRolAR - Classe de risque selon la quantité moyenne consommée, par sexe et âge (2016)</dc:title>
+  <dc:description>CoRolAR - Classe de risque selon la quantité moyenne consommée, par sexe et âge (2016); 18.03.2026</dc:description>
+  <dc:subject>CoRolAR - Classe de risque selon la quantité moyenne consommée, par sexe et âge (2016)</dc:subject>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>